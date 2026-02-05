--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -599,54 +599,54 @@
   <si>
     <t>Altera a Lei Orgânica do Município de Piên</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>DLACE</t>
   </si>
   <si>
     <t>Decreto Legislativo de Aprovação das Contas do Pod</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.pien.pr.leg.br/media/sapl/public/materialegislativa/2024/45/decreto_01_-_2024.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Poder Executivo do Municipio de Piên, referente ao exercício financeiro de 2022.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>PR</t>
-[...2 lines deleted...]
-    <t>Projeto de Resolução</t>
+    <t>RESO</t>
+  </si>
+  <si>
+    <t>Resolução</t>
   </si>
   <si>
     <t>https://sapl.pien.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a Resolução nº 4, 13 de abril de 2004, que dispõe sobre o Regimento Interno da Câmara Municipal de Piên, no que especifica.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.pien.pr.leg.br/media/sapl/public/materialegislativa/2024/64/projeto_de_resolucao_no_005.pdf</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.pien.pr.leg.br/media/sapl/public/materialegislativa/2024/43/emenda_modificativa_ao_plo_25-2024.pdf</t>
   </si>